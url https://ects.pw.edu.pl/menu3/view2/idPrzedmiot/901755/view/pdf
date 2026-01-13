--- v0 (2025-12-08)
+++ v1 (2026-01-13)
@@ -1138,67 +1138,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, sprawdziany</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03, U04</w:t>
+        <w:t xml:space="preserve">U03, U04, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie oraz w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1224,51 +1224,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>