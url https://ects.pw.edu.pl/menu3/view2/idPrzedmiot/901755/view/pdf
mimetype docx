--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -1068,137 +1068,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, sprawdziany</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U04, U01, U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi programować proste zadania sterowania logicznego oraz sterować prostym robotem</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, sprawdziany</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U01, U03, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie oraz w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>