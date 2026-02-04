--- v2 (2026-01-13)
+++ v3 (2026-02-04)
@@ -998,137 +998,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, sprawdziany</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U03, U04, U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi dobrać właściwą technikę ochrony przed błędami dla systemu o określonych parametrach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, sprawdziany</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U01, U03, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi programować proste zadania sterowania logicznego oraz sterować prostym robotem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>