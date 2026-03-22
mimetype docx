--- v3 (2026-02-04)
+++ v4 (2026-03-22)
@@ -934,51 +934,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -998,207 +998,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, sprawdziany</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U04, U01</w:t>
+        <w:t xml:space="preserve">U01, U03, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi dobrać właściwą technikę ochrony przed błędami dla systemu o określonych parametrach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, sprawdziany</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01, U03, U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi programować proste zadania sterowania logicznego oraz sterować prostym robotem</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, sprawdziany</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U01, U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie oraz w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>