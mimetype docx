--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -1200,487 +1200,487 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U04, U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01, U02, U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
+        <w:t xml:space="preserve">umie wyznaczyć odległości między podzbiorami przestrzeni euklidesowej (w szczególności dla podzbiorów będących punktami, liniami prostymi i płaszczyznami)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U04</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
+        <w:t xml:space="preserve">umie wyznaczać wartości i wektory własne przekształceń liniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">umie wyznaczyć rzuty prostokątne na zadane podprzestrzenie liniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi opisać podstawowe krzywe i powierzchnie za pomocą równań, w tym równań parametrycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie obliczyć długość i krzywiznę krzywych na płaszczyźnie i w przestrzeni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>