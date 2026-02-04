--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -1066,411 +1066,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu geometrii krzywych i powierzchni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01, W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu geometrii krzywych i powierzchni</w:t>
+        <w:t xml:space="preserve">umie obliczyć moce zbiorów korzystając z podstawowych tożsamości kombinatorycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W12</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie obliczyć moce zbiorów korzystając z podstawowych tożsamości kombinatorycznych</w:t>
+        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U01</w:t>
+        <w:t xml:space="preserve">U01, U02, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
+        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U04</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
+        <w:t xml:space="preserve">umie wyznaczyć odległości między podzbiorami przestrzeni euklidesowej (w szczególności dla podzbiorów będących punktami, liniami prostymi i płaszczyznami)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie wyznaczać wartości i wektory własne przekształceń liniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>