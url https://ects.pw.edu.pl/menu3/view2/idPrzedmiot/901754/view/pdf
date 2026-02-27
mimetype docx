--- v2 (2026-02-04)
+++ v3 (2026-02-27)
@@ -786,691 +786,691 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu równań rekurencyjnych i funkcji tworzących</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu równań rekurencyjnych i funkcji tworzących</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu teorii grafów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W01, W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą przestrzeni wektorowych i geometrii euklidesowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01, W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu zagadnień własnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu teorii grafów</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu geometrii krzywych i powierzchni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W05</w:t>
+        <w:t xml:space="preserve">W01, W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą przestrzeni wektorowych i geometrii euklidesowej</w:t>
+        <w:t xml:space="preserve">umie obliczyć moce zbiorów korzystając z podstawowych tożsamości kombinatorycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W12</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu zagadnień własnych</w:t>
+        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01</w:t>
+        <w:t xml:space="preserve">U02, U04, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu geometrii krzywych i powierzchni</w:t>
+        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W12</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie obliczyć moce zbiorów korzystając z podstawowych tożsamości kombinatorycznych</w:t>
+        <w:t xml:space="preserve">umie wyznaczyć odległości między podzbiorami przestrzeni euklidesowej (w szczególności dla podzbiorów będących punktami, liniami prostymi i płaszczyznami)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie wyznaczać wartości i wektory własne przekształceń liniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>