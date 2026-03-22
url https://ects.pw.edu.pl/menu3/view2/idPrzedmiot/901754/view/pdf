--- v3 (2026-02-27)
+++ v4 (2026-03-22)
@@ -786,71 +786,281 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu równań rekurencyjnych i funkcji tworzących</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu teorii grafów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01, W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą przestrzeni wektorowych i geometrii euklidesowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W01, W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu równań rekurencyjnych i funkcji tworzących</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu zagadnień własnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -869,538 +1079,328 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu teorii grafów</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu geometrii krzywych i powierzchni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W05</w:t>
+        <w:t xml:space="preserve">W01, W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą przestrzeni wektorowych i geometrii euklidesowej</w:t>
+        <w:t xml:space="preserve">umie obliczyć moce zbiorów korzystając z podstawowych tożsamości kombinatorycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W12</w:t>
+        <w:t xml:space="preserve">U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu zagadnień własnych</w:t>
+        <w:t xml:space="preserve">umie rozwiązać proste równania rekurencyjne, w szczególności potrafi wykorzystać tę umiejętność do obliczania złożoności algorytmów komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01</w:t>
+        <w:t xml:space="preserve">U01, U02, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę z zakresu geometrii krzywych i powierzchni</w:t>
+        <w:t xml:space="preserve">umie scharakteryzować podstawowe klasy grafów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na ćwiczeniach, kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W12</w:t>
+        <w:t xml:space="preserve">U04, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie wyznaczyć odległości między podzbiorami przestrzeni euklidesowej (w szczególności dla podzbiorów będących punktami, liniami prostymi i płaszczyznami)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>