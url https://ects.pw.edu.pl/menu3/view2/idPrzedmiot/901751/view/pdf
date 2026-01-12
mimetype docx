--- v0 (2025-11-04)
+++ v1 (2026-01-12)
@@ -861,51 +861,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna podstawy dynamicznych struktur danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -931,551 +931,551 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W05, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna pojęcie szablonów i typów generycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W05, W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna pojęcie szablonów i typów generycznych</w:t>
+        <w:t xml:space="preserve">zna mechanizmy obsługi operacji wejścia wyjścia i obsługi wyjątków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05, W08</w:t>
+        <w:t xml:space="preserve">W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna mechanizmy obsługi operacji wejścia wyjścia i obsługi wyjątków</w:t>
+        <w:t xml:space="preserve">potrafi projektować proste klasy stosując odpowiednie pola i metody wykorzystując prawidłowo hermetyzację</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08</w:t>
+        <w:t xml:space="preserve">U04, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi projektować proste klasy stosując odpowiednie pola i metody wykorzystując prawidłowo hermetyzację</w:t>
+        <w:t xml:space="preserve">w sposób właściwy potrafi używać dziedziczenia, agregacji oraz kompozycji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt, sprawdziany</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi tworzyć i zarządzać dynamicznymi strukturami danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi napisać prosty program wykorzystujący biblioteki standardowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U07</w:t>
+        <w:t xml:space="preserve">U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">w sposób właściwy potrafi używać dziedziczenia, agregacji oraz kompozycji</w:t>
+        <w:t xml:space="preserve">potrafi korzystać z mechanizmu obsługi wyjątków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium, projekt, sprawdziany</w:t>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi tworzyć i wykorzystywać typy generyczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>