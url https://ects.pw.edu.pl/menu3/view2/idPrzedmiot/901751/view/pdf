--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -931,51 +931,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W05, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna pojęcie szablonów i typów generycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,637 +985,637 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05, W08</w:t>
+        <w:t xml:space="preserve">W08, W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna mechanizmy obsługi operacji wejścia wyjścia i obsługi wyjątków</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna mechanizmy obsługi operacji wejścia wyjścia i obsługi wyjątków</w:t>
+        <w:t xml:space="preserve">potrafi projektować proste klasy stosując odpowiednie pola i metody wykorzystując prawidłowo hermetyzację</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08</w:t>
+        <w:t xml:space="preserve">U04, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi projektować proste klasy stosując odpowiednie pola i metody wykorzystując prawidłowo hermetyzację</w:t>
+        <w:t xml:space="preserve">w sposób właściwy potrafi używać dziedziczenia, agregacji oraz kompozycji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt, sprawdziany</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi tworzyć i zarządzać dynamicznymi strukturami danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi napisać prosty program wykorzystujący biblioteki standardowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U07</w:t>
+        <w:t xml:space="preserve">U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">w sposób właściwy potrafi używać dziedziczenia, agregacji oraz kompozycji</w:t>
+        <w:t xml:space="preserve">potrafi korzystać z mechanizmu obsługi wyjątków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium, projekt, sprawdziany</w:t>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi tworzyć i zarządzać dynamicznymi strukturami danych</w:t>
+        <w:t xml:space="preserve">potrafi tworzyć i wykorzystywać typy generyczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium</w:t>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi napisać prosty program wykorzystujący biblioteki standardowe</w:t>
+        <w:t xml:space="preserve">potrafi pracować w zespole, planuje i realizuje przygotowany harmonogram pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U07</w:t>
+        <w:t xml:space="preserve">U08, U09, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>