--- v2 (2026-02-27)
+++ v3 (2026-03-22)
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W05</w:t>
+        <w:t xml:space="preserve">W05, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna mechanizmy obsługi operacji wejścia wyjścia i obsługi wyjątków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1071,51 +1071,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1555,67 +1555,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U08, U09, U07</w:t>
+        <w:t xml:space="preserve">U09, U07, U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>