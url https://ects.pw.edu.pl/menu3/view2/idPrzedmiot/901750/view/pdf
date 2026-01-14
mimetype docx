--- v0 (2025-11-01)
+++ v1 (2026-01-14)
@@ -790,51 +790,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W01, W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna podstawowe zasady projektowania układów kombinacyjnych i sekwencyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -994,67 +994,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U07</w:t>
+        <w:t xml:space="preserve">U07, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaprogramować układ FGPA wykorzystując do tego język HDL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>