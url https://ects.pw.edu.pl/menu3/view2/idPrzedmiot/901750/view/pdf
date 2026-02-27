--- v1 (2026-01-14)
+++ v2 (2026-02-27)
@@ -994,67 +994,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U07, U01</w:t>
+        <w:t xml:space="preserve">U01, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaprogramować układ FGPA wykorzystując do tego język HDL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1204,67 +1204,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U09, U10</w:t>
+        <w:t xml:space="preserve">U09, U10, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>