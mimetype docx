--- v2 (2026-02-27)
+++ v3 (2026-03-28)
@@ -1134,67 +1134,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U07</w:t>
+        <w:t xml:space="preserve">U07, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperyment, przedstawić wyniki z badań i pomiarów w formie czytelnego sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1204,67 +1204,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U09, U10, U03</w:t>
+        <w:t xml:space="preserve">U03, U09, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>