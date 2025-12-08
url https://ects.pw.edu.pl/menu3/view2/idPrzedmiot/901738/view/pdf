--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -953,51 +953,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U14, IS_U06, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U08, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1023,137 +1023,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U15, IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka u03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla inżynierii terenów zurbanizowanych, w zależności od miejsca odbywania praktyk – w języku polskim i języku obcym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U07, IS_U13, IS_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k01: </w:t>
       </w:r>
     </w:p>