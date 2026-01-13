--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -1093,67 +1093,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U07, IS_U13, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k01: </w:t>
       </w:r>
     </w:p>
@@ -1313,67 +1313,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">