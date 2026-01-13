--- v2 (2026-01-13)
+++ v3 (2026-01-13)
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w szczególności dla terenów zurbanizowanych, zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1109,51 +1109,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k01: </w:t>
       </w:r>
     </w:p>
@@ -1313,67 +1313,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">