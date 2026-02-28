--- v3 (2026-01-13)
+++ v4 (2026-02-28)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W12, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W18, IS_W07, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie technologii, technik oraz metod stosowanych w inżynierii terenów zurbanizowanych, w zależności od profilu przedsiębiorstwa, w którym odbywana jest praktyka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w szczególności dla terenów zurbanizowanych, zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1023,137 +1023,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15, IS_U20</w:t>
+        <w:t xml:space="preserve">IS_U20, IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka u03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla inżynierii terenów zurbanizowanych, w zależności od miejsca odbywania praktyk – w języku polskim i języku obcym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k01: </w:t>
       </w:r>
     </w:p>