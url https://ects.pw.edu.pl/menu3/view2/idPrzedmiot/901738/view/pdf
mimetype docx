--- v4 (2026-02-28)
+++ v5 (2026-03-22)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W18, IS_W07, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W12, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie technologii, technik oraz metod stosowanych w inżynierii terenów zurbanizowanych, w zależności od profilu przedsiębiorstwa, w którym odbywana jest praktyka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -953,357 +953,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U08, IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U14, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka u02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotowywać wymagane dokumenty planistyczne i raporty o oddziaływaniu na środowisko przedsięwzięć w zakresie gospodarki komunalnej oraz inżynierii terenów zurbanizowanych, w zależności od miejsca odbywania praktyk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U13, IS_U15, IS_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka u02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka u03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotowywać wymagane dokumenty planistyczne i raporty o oddziaływaniu na środowisko przedsięwzięć w zakresie gospodarki komunalnej oraz inżynierii terenów zurbanizowanych, w zależności od miejsca odbywania praktyk.</w:t>
+        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla inżynierii terenów zurbanizowanych, w zależności od miejsca odbywania praktyk – w języku polskim i języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U20, IS_U13, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka u03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka k01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla inżynierii terenów zurbanizowanych, w zależności od miejsca odbywania praktyk – w języku polskim i języku obcym.</w:t>
+        <w:t xml:space="preserve">Ma kompetencje krytycznej oceny odbieranych treści oraz świadomość znaczenia wiedzy w rozwiązywaniu problemów poznawczych i praktycznych oraz zasięgania opinii ekspertów w przypadku trudności z samodzielnym rozwiązywaniem problemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka k01: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka k02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma kompetencje krytycznej oceny odbieranych treści oraz świadomość znaczenia wiedzy w rozwiązywaniu problemów poznawczych i praktycznych oraz zasięgania opinii ekspertów w przypadku trudności z samodzielnym rozwiązywaniem problemu</w:t>
+        <w:t xml:space="preserve">Ma kompetencje myślenia i działania w sposób przedsiębiorczy, zaobserwowany i utrwalony podczas odbywania praktyki - praca w zespole w czasie zadań wykonywanych podczas realizacji praktyki w przedsiębiorstwie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość odpowiedzialnego pełnienia ról zawodowych z uwzględnieniem zmieniających się potrzeb społecznych, w tym rozwijania dorobku zawodowego oraz przestrzegania i rozwijania zasad etyki zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>