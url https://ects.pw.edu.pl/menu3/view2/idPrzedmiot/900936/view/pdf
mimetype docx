--- v0 (2025-11-01)
+++ v1 (2025-12-08)
@@ -717,121 +717,121 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka I1_W04, I1_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student ma usystematyzowaną wiedzę z zakresu podstawowych i zaawansowanych metod oceny efektywności przedsięwzięcia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportu końcowego  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka I1_W04, I1_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student zna możliwości i ograniczenia w stosowania poszczególnych metod oceny efektywności przedsięwzięcia</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Student ma usystematyzowaną wiedzę z zakresu podstawowych i zaawansowanych metod oceny efektywności przedsięwzięcia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu końcowego  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>