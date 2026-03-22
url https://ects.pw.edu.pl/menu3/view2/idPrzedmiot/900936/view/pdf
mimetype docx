--- v1 (2025-12-08)
+++ v2 (2026-03-22)
@@ -867,121 +867,121 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka I1_U03, I1_U04, I1_U08, I1_U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać metodę oceny efektywności przedsięwzięcia do zakresu i rodzaju przedsięwzięcia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportu końcowego  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka I1_U03, I1_U04, I1_U08, I1_U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student potrafi ocenić efektywność przedsięwzięcia za pomocą podstawowych i zaawansowanych metod </w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi dobrać metodę oceny efektywności przedsięwzięcia do zakresu i rodzaju przedsięwzięcia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu końcowego  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>