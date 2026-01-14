--- v0 (2025-11-01)
+++ v1 (2026-01-14)
@@ -1337,67 +1337,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonania projektu laboratoryjnego systemu automatyzacji budynku z użyciem sterownika PLC i systemu monitorowania SCADA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K04, K_K05</w:t>
+        <w:t xml:space="preserve">K_K02, K_K04, K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AUB_IIst_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie pozatechniczne aspekty działalności inżynierskiej w obszarze automatyki i robotyki; a w szczególności wpływa na środowisko i w związku z tym jest świadom odpowiedzialności podejmowanych decyzji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>