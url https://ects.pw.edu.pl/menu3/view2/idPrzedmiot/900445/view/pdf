--- v1 (2026-01-14)
+++ v2 (2026-01-14)
@@ -1353,51 +1353,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K02, K_K04, K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AUB_IIst_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie pozatechniczne aspekty działalności inżynierskiej w obszarze automatyki i robotyki; a w szczególności wpływa na środowisko i w związku z tym jest świadom odpowiedzialności podejmowanych decyzji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>