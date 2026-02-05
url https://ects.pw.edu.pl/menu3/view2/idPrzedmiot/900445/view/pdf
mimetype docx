--- v2 (2026-01-14)
+++ v3 (2026-02-05)
@@ -1337,67 +1337,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonania projektu laboratoryjnego systemu automatyzacji budynku z użyciem sterownika PLC i systemu monitorowania SCADA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K04, K_K05, K_K01</w:t>
+        <w:t xml:space="preserve">K_K04, K_K05, K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AUB_IIst_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie pozatechniczne aspekty działalności inżynierskiej w obszarze automatyki i robotyki; a w szczególności wpływa na środowisko i w związku z tym jest świadom odpowiedzialności podejmowanych decyzji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>