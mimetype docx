--- v3 (2026-02-05)
+++ v4 (2026-03-21)
@@ -757,51 +757,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena przygotowanej i wygłoszonej prezentacji z dziedziny inteligentnych budynków (w jęz. pol. i ang.) jak również zaliczenie kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W10, K_W12</w:t>
+        <w:t xml:space="preserve">K_W06, K_W10, K_W12, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1337,67 +1337,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonania projektu laboratoryjnego systemu automatyzacji budynku z użyciem sterownika PLC i systemu monitorowania SCADA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K05, K_K01, K_K02</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AUB_IIst_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie pozatechniczne aspekty działalności inżynierskiej w obszarze automatyki i robotyki; a w szczególności wpływa na środowisko i w związku z tym jest świadom odpowiedzialności podejmowanych decyzji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>