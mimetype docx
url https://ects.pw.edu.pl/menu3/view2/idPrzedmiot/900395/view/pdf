--- v0 (2026-01-11)
+++ v1 (2026-02-05)
@@ -983,139 +983,139 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ??: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student widzi w urzędzie nie petenta, tylko osobę; student nie redukuje obywatela do konsumenta usług publicznych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Prowadzący identyfikuje i promuje życzliwe nastawienia podczas dyskusji oraz czyni je przedmiotem dalszej dyskusji. Weryfikacją tego nastawienia jest obecność życzliwości w projekcie nowej regulacji, jaki przygotowuje każdy uczestnik w ramach projektu zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ??: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student jest gotów wykorzystać techniki twórczego myślenia do przedmiotowych zagadnień.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczeniowy projekt.</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Prowadzący identyfikuje i promuje życzliwe nastawienia podczas dyskusji oraz czyni je przedmiotem dalszej dyskusji. Weryfikacją tego nastawienia jest obecność życzliwości w projekcie nowej regulacji, jaki przygotowuje każdy uczestnik w ramach projektu zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>