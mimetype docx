--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -752,140 +752,140 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ??: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student rozumie fenomeny życzliwości i krytycznego myślenia w administracji publicznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Prezentacja na ocenę studenta podczas zajęć oraz aktywność podczas zajęć. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ??: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student zna społeczne i kulturowe konteksty administrowania, wie, czym jest etyka cnót i virtuous administrator, zna inne cnoty miękkie stojące na straży pokojowego współżycia: miłość bliźniego,  braterstwo, tolerancja, humanizm i opiekuńczość, zdaje sobie sprawę z paradoksów publicznej biurokracji, rozumie naturę wdzięczności i zaufania społecznego, zna zasadę powszechnej życzliwość, zna zjawisko presuponowania, zna chwyty erystyczne oraz strukturę argumentacji  i maksymy konwersacyjne Grice'a.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektów poprzez ocenę prezentacji samodzielnie przygotowywanych przez studentów, udział w dyskusji oraz projekt zaliczeniowy. </w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Prezentacja na ocenę studenta podczas zajęć oraz aktywność podczas zajęć. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>