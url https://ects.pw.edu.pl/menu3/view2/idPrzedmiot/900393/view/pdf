--- v0 (2026-01-13)
+++ v1 (2026-02-07)
@@ -843,51 +843,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna procesy przemian gospodarczych w historii nowożytnej i współczesnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -977,67 +977,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test dwukrotnego wyboru, grupowe rozwiązywanie zadań problemowych, prezentacja tematyczna (po 1 na każdych zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi samodzielnie zdobywać wiedzę i rozwijać swe zdolności, korzystając z różnych źródeł i nowoczesnych technologii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>