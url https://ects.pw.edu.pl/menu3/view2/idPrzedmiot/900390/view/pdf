--- v0 (2026-01-13)
+++ v1 (2026-02-04)
@@ -841,351 +841,351 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_PIODO03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcia dotyczące prawa do informacji, potrafi omówić źródła prawa oraz jego granice na tle norm konstytucyjnych oraz prawnomiędzynarodowych. Rozumie związek pomiędzy prawem do informacji a wolnością wypowiedzi oraz ochroną prywatności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca zaliczeniowa i/lub kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W09, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_PIODO03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_PIODO01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcia dotyczące prawa do informacji, potrafi omówić źródła prawa oraz jego granice na tle norm konstytucyjnych oraz prawnomiędzynarodowych. Rozumie związek pomiędzy prawem do informacji a wolnością wypowiedzi oraz ochroną prywatności.</w:t>
+        <w:t xml:space="preserve">Potrafi wspierać funkcjonowanie organów administracji publicznej w analizie spraw związanych z dostępem do informacji publicznej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca zaliczeniowa i/lub kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_U04, K_U08, K_U14 BNP, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_PIODO02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi prowadzić analizy związane z oceną zgodności organizacji z prawem ochrony danych, w tym identyfikować obszary doskonalenia oraz proponować adekwatne działania korygujące.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca zaliczeniowa i/lub wystąpienia w trakcie ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U13 BNP, K_U14 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.1, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_PIODO01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_PIODO01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wspierać funkcjonowanie organów administracji publicznej w analizie spraw związanych z dostępem do informacji publicznej </w:t>
+        <w:t xml:space="preserve">Potrafi współpracować w interdyscyplinarnym zespole, dzięki zrozumieniu złożoności spraw dotyczących prawa do informacji w kontekście przepisów o ochronie danych osobowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca zaliczeniowa i/lub kolokwium</w:t>
+        <w:t xml:space="preserve">Udział w zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14 BNP, K_U03, K_U04, K_U08</w:t>
+        <w:t xml:space="preserve">K_K08 BNP, K_K03, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UU</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_PIODO02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykazuje zaangażowanie w działaniu na rzecz transparentności życia publicznego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>