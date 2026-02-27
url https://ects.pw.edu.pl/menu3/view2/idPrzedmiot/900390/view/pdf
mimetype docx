--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -841,51 +841,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_PIODO03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcia dotyczące prawa do informacji, potrafi omówić źródła prawa oraz jego granice na tle norm konstytucyjnych oraz prawnomiędzynarodowych. Rozumie związek pomiędzy prawem do informacji a wolnością wypowiedzi oraz ochroną prywatności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -991,51 +991,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U08, K_U14 BNP, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_PIODO02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić analizy związane z oceną zgodności organizacji z prawem ochrony danych, w tym identyfikować obszary doskonalenia oraz proponować adekwatne działania korygujące.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1045,67 +1045,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca zaliczeniowa i/lub wystąpienia w trakcie ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U08, K_U13 BNP, K_U14 BNP</w:t>
+        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP, K_U06, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.1, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_PIODO01: </w:t>
       </w:r>
     </w:p>
@@ -1125,67 +1125,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Udział w zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K08 BNP, K_K03, K_K07</w:t>
+        <w:t xml:space="preserve">K_K03, K_K07, K_K08 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_PIODO02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykazuje zaangażowanie w działaniu na rzecz transparentności życia publicznego.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>