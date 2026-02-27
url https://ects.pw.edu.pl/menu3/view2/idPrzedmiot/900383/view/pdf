--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -724,140 +724,140 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ??: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student zna sześć praktyk twórczych urzędników państwowych w skali międzynarodowej: twórcze myślenie, reaktywna swoboda decyzyjna (pragmatyczna improwizacja, odchodzenie od zasad, rutyny i procedur, dostosowanie sytuacyjne, moralna ocena sytuacji), eksperymentowanie (podejmowanie prób, popełnianie błędów, testowanie, iterowanie procesów, dostosowanie), tworzenie sieci i współpraca z interesariuszami, przenoszenie kreatywnych rozwiązań z innych sektorów, krajów, okresów historycznych,  oraz  outsourcing do sektora prywatnego (od wykorzystania zasobów  do całkowitej rekonfiguracji usługi, partnerstwo publiczno-prywatne, prywatyzacja, zamówienia publiczne). Podstawa: (Houtgraaf i inni, 2021).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja podczas zajęć, prezentacja przygotowana przez studentów oraz końcowy projekt zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ??: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student zna podstawowe metody rozgrzewki twórczej oraz metody grupowej pracy twórczej, w tym zna metody piramida skojarzeń,  Brainwriting 625,  trzy pomysły i coś więcej,  sieć poszukiwań,  metoda metaplanu, łamacz zasad,  technika stereotypów,  technika połączeń idei, Scamper.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studentów podczas  rozwiązywania problemów (często w mniejszych grupach) za pomocą technik twórczego myślenia.</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Obserwacja podczas zajęć, prezentacja przygotowana przez studentów oraz końcowy projekt zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>