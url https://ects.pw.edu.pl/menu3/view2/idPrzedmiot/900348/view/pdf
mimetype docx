--- v1 (2026-01-14)
+++ v2 (2026-02-28)
@@ -779,51 +779,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka HLSM_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza na temat podstawowych metod automatycznej analizy sygnałów rejestrowanych w sposób holterowski </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -849,51 +849,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka HLSM_2st_U01: </w:t>
       </w:r>
     </w:p>