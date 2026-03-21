--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -849,51 +849,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka HLSM_2st_U01: </w:t>
       </w:r>
     </w:p>
@@ -1079,51 +1079,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka HLSM_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest świadomy ekonomicznych i społecznych uwarunkowań rozwoju techniki holterowskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>