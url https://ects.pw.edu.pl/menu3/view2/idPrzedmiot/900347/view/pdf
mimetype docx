--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -843,51 +843,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZNMB_2st_U01: </w:t>
       </w:r>
     </w:p>
@@ -1143,51 +1143,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">