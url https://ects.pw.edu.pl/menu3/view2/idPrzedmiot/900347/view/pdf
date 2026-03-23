--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -773,51 +773,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZNMB_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza dotycząca na najnowszych trendów w ocenie procesów regulacji w układzie krążenia </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>