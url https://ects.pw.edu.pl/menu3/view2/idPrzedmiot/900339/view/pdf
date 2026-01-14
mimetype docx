--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -784,51 +784,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03, W_05, W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPS_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student identyfikuje i planuje etapy projektowania, wytwarzania i certyfikacji wyrobów medycznych dla otolaryngologii. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1004,51 +1004,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_07, U_02, U_03, U_04, U_06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPS_K03: </w:t>
       </w:r>
     </w:p>