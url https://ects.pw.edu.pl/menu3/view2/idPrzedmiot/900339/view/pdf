--- v1 (2026-01-14)
+++ v2 (2026-02-07)
@@ -768,67 +768,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_05, W_01</w:t>
+        <w:t xml:space="preserve">W_01, W_03, W_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPS_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student identyfikuje i planuje etapy projektowania, wytwarzania i certyfikacji wyrobów medycznych dla otolaryngologii. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie - ocena z projektu realizowanego w ramach zajęć. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_01, W_02, W_03</w:t>
+        <w:t xml:space="preserve">W_03, W_01, W_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPS_U_03: </w:t>
       </w:r>
     </w:p>
@@ -918,137 +918,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie - ocena z projektu realizowanego w ramach zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_04, U_05, U_06, U_07</w:t>
+        <w:t xml:space="preserve">U_07, U_02, U_04, U_05, U_06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IPS_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wyszukuje informacje dotyczące aktualnych przepisów prawnych obowiązujących wytwórcę wyrobów medycznych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie - ocena z projektu realizowanego w ramach zajęć. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U_02, U_03, U_04, U_06, U_07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPS_K03: </w:t>
       </w:r>
     </w:p>