--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie - ocena z projektu realizowanego w ramach zajęć. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_01, W_02</w:t>
+        <w:t xml:space="preserve">W_02, W_03, W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPS_U_03: </w:t>
       </w:r>
     </w:p>
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie - ocena z projektu realizowanego w ramach zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_07, U_02, U_04, U_05, U_06</w:t>
+        <w:t xml:space="preserve">U_05, U_06, U_07, U_02, U_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPS_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wyszukuje informacje dotyczące aktualnych przepisów prawnych obowiązujących wytwórcę wyrobów medycznych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>