--- v3 (2026-02-28)
+++ v4 (2026-03-24)
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie - ocena z projektu realizowanego w ramach zajęć. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_02, W_03, W_01</w:t>
+        <w:t xml:space="preserve">W_01, W_02, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPS_U_03: </w:t>
       </w:r>
     </w:p>
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie - ocena z projektu realizowanego w ramach zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_05, U_06, U_07, U_02, U_04</w:t>
+        <w:t xml:space="preserve">U_02, U_04, U_05, U_06, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPS_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wyszukuje informacje dotyczące aktualnych przepisów prawnych obowiązujących wytwórcę wyrobów medycznych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1004,51 +1004,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02, U_03, U_04, U_06, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPS_K03: </w:t>
       </w:r>
     </w:p>