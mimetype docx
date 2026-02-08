--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -829,67 +829,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) opracowanie pisemne,  2) prezentacja </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_03, U_05, U_06, U_07, U_01</w:t>
+        <w:t xml:space="preserve">U_05, U_06, U_07, U_01, U_02, U_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UO, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MWB K_01: </w:t>
       </w:r>
     </w:p>