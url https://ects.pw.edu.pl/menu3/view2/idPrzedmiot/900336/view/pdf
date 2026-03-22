--- v2 (2026-02-08)
+++ v3 (2026-03-22)
@@ -749,67 +749,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) kolokwium zaliczające, 2) opracowanie pisemne, 3) prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_01, W_03, W_04, W_05</w:t>
+        <w:t xml:space="preserve">W_03, W_04, W_05, W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MWB U_01: </w:t>
       </w:r>
     </w:p>
@@ -829,67 +829,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) opracowanie pisemne,  2) prezentacja </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_05, U_06, U_07, U_01, U_02, U_03</w:t>
+        <w:t xml:space="preserve">U_01, U_02, U_03, U_05, U_06, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UO, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MWB K_01: </w:t>
       </w:r>
     </w:p>
@@ -909,51 +909,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) opracowanie pisemne,  2) prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_01, K_02, K_03, K_04</w:t>
+        <w:t xml:space="preserve">K_02, K_03, K_04, K_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>