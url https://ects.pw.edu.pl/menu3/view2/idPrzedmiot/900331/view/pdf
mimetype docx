--- v0 (2025-11-02)
+++ v1 (2026-01-13)
@@ -774,51 +774,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian wiedzy przed rozpoczęciem zajęć laboratoryjnych, ocena sprawozdań z zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_01, W_02, W_03, W_05</w:t>
+        <w:t xml:space="preserve">W_02, W_03, W_05, W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -870,51 +870,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02, U_05, U_06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RDTR_K01: </w:t>
       </w:r>
     </w:p>