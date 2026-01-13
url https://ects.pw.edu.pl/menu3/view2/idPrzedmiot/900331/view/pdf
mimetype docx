--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -774,51 +774,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian wiedzy przed rozpoczęciem zajęć laboratoryjnych, ocena sprawozdań z zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_02, W_03, W_05, W_01</w:t>
+        <w:t xml:space="preserve">W_01, W_02, W_03, W_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -854,67 +854,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena realizacji zajęć laboratoryjnych, ocena sprawozdań z zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_05, U_06</w:t>
+        <w:t xml:space="preserve">U_06, U_02, U_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RDTR_K01: </w:t>
       </w:r>
     </w:p>