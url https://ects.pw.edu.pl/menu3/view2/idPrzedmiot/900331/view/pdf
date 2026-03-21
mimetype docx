--- v4 (2026-02-28)
+++ v5 (2026-03-21)
@@ -774,67 +774,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian wiedzy przed rozpoczęciem zajęć laboratoryjnych, ocena sprawozdań z zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_01, W_02, W_03, W_05</w:t>
+        <w:t xml:space="preserve">W_05, W_01, W_02, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RDTR_U01: </w:t>
       </w:r>
     </w:p>