--- v2 (2026-01-13)
+++ v3 (2026-01-14)
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie/kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena przebiegu zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić pomiar podstawowych parametrów przepływomierza ultradźwiękowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>