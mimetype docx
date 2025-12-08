--- v0 (2025-11-01)
+++ v1 (2025-12-08)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRP_U01: </w:t>
       </w:r>
     </w:p>
@@ -978,67 +978,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRP_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przedstawić wyniki pracy nad projektowanym urządzeniem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>