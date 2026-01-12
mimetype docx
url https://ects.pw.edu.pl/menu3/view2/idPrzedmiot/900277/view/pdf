--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -978,67 +978,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRP_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przedstawić wyniki pracy nad projektowanym urządzeniem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>