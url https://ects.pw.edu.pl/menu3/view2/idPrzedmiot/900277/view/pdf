--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRP_U01: </w:t>
       </w:r>
     </w:p>
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U07, K_U15, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U07, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się odpowiednimi metodami  i urządzeniami pozwalającymi na uruchomienie prototypowych konstrukcji z zakresu elektroniki medycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>