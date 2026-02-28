--- v1 (2025-12-08)
+++ v2 (2026-02-28)
@@ -1028,51 +1028,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>