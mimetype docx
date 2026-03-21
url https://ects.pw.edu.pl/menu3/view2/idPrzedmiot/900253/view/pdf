--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -1028,137 +1028,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FIZ2_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie podstaw mechaniki kwantowej w ujęciu Schroedingera i fizyki statystycznej. Rozróżnia przykładowe układy fizyczne wymagające zastosowania mechaniki kwantowej od takich, dla których wystarczy stosować fizykę klasyczną. Rozpoznaje sytuacje wymagające stosowanie fizyki statystycznej. Zna najważniejsze eksperymenty, których przeprowadzenie doprowadziło do ujawnienia korpuskularno -falowej natury materii i powstania nowoczesnej mechaniki kwantowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI2_U2: </w:t>
       </w:r>
     </w:p>