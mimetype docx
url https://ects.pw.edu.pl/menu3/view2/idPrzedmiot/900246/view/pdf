--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -864,51 +864,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI1_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna elementy mechaniki płynów a w tym: elementy statyki płynów (prawo Archimedesa i prawo Pascala) oraz dynamiki płynów (lepkość płynu i wzór Newtona, podział cieczy na newtonowskie i nienewtonowskie, klasyfikacja przepływów i liczba Reynoldsa, rodzaje oporów występujących w przepływach płynów). Zna równanie Bernoulliego i jego zastosowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>