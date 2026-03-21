--- v1 (2025-12-08)
+++ v2 (2026-03-21)
@@ -1074,51 +1074,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI1_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Mam elementarną wiedzę w zakresie optyki. Zna korpuskularno-falową naturę fali optycznej 
 i znaczenie dyskusji na ten temat dla historii rozwoju optyki. Zna wpływ różnego rodzaju mechanizmów polaryzacji dielektrycznej na propagację fali elektromagnetycznej w materiale - zjawisko dyspersji fali elektromagnetycznej w ośrodku. Zna podstawowe prawa optyki i wie, które z nich można wyjaśnić na podstawie optyki falowej a które w ramach optyki geometrycznej. Zna prawa dyfrakcji w tym dyfrakcję Fraunho.
 </w:t>
       </w:r>
     </w:p>
     <w:p>