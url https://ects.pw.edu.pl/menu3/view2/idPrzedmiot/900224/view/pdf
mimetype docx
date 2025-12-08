--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -1066,51 +1066,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U05, K_U14</w:t>
+        <w:t xml:space="preserve">K_U05, K_U14, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>