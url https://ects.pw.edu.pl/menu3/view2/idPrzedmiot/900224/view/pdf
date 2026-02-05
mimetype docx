--- v1 (2025-12-08)
+++ v2 (2026-02-05)
@@ -993,51 +993,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U14</w:t>
+        <w:t xml:space="preserve">K_U03, K_U14, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1066,51 +1066,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U14, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U05, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>