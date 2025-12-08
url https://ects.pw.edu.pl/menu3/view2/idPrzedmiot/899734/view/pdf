--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W03, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-6002_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu strukturalnych oraz obiektowych metod projektowania oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -988,51 +988,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09, K_W10, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>