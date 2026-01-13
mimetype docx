--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -918,67 +918,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W03, K_W09</w:t>
+        <w:t xml:space="preserve">K_W03, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-6002_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu strukturalnych oraz obiektowych metod projektowania oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1058,51 +1058,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>