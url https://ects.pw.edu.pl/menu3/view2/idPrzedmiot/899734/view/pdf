--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -1058,51 +1058,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>