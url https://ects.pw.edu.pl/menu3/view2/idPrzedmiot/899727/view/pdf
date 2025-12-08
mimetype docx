--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -1335,51 +1335,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil praktyczny - kompetencje społeczne</w:t>