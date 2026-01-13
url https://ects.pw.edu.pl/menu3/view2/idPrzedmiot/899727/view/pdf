--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -1265,67 +1265,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U15</w:t>
+        <w:t xml:space="preserve">K_U06, K_U15, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-1007_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przetestować napisany przez siebie program</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>