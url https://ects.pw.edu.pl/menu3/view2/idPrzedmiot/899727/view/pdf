--- v2 (2026-01-13)
+++ v3 (2026-02-07)
@@ -1055,67 +1055,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-1007_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi napisać program komputerowy wykorzystując techniki programowania obiektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1265,67 +1265,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U15, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-1007_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przetestować napisany przez siebie program</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>