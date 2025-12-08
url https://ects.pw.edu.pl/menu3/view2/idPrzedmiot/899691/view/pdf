--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U19, K_U02, K_U06, K_U10, K_U13</w:t>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U10, K_U13, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-6009_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprezentować dokumentację oraz wyniki wykonanego projektu systemu lub programu geoinformacyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>