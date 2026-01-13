--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U10, K_U13, K_U19</w:t>
+        <w:t xml:space="preserve">K_U10, K_U13, K_U19, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-6009_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprezentować dokumentację oraz wyniki wykonanego projektu systemu lub programu geoinformacyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>