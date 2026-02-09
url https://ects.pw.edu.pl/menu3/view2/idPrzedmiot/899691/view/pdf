--- v2 (2026-01-13)
+++ v3 (2026-02-09)
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U13, K_U19, K_U02, K_U06</w:t>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U10, K_U13, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-6009_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprezentować dokumentację oraz wyniki wykonanego projektu systemu lub programu geoinformacyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zakresu delegacji zadań w przedstawionym do oceny projekcie, ocena udziału w symulacjach zespołów projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-6009_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić społeczne skutki wdrożenia systemu geoinformacyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>