--- v0 (2025-11-02)
+++ v1 (2026-01-14)
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt aplikacji wykonywany przez grupę studentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U10, K_U12, K_U13, K_U14, K_U18</w:t>
+        <w:t xml:space="preserve">K_U13, K_U14, K_U18, K_U02, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-4002_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i zaimplementować z użyciem wybranych bibliotek aplikację o architekturze klient-serwer, której celem jest wizualizacja danych przestrzennych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>