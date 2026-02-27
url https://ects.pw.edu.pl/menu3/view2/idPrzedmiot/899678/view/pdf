--- v1 (2026-01-14)
+++ v2 (2026-02-27)
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt aplikacji wykonywany przez grupę studentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U14, K_U18, K_U02, K_U10, K_U12</w:t>
+        <w:t xml:space="preserve">K_U02, K_U10, K_U12, K_U13, K_U14, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-4002_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i zaimplementować z użyciem wybranych bibliotek aplikację o architekturze klient-serwer, której celem jest wizualizacja danych przestrzennych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1139,51 +1139,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt wykonywany przez grupę studentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>