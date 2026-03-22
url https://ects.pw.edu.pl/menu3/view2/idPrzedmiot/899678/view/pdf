--- v2 (2026-02-27)
+++ v3 (2026-03-22)
@@ -769,51 +769,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1139,51 +1139,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt wykonywany przez grupę studentów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>