--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -913,51 +913,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08, K_W11, K_W19</w:t>
+        <w:t xml:space="preserve">K_W08, K_W11, K_W19, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -983,67 +983,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W20, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-3004_U1: </w:t>
       </w:r>
     </w:p>