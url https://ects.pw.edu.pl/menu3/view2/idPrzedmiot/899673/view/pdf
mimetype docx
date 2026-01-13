--- v2 (2026-01-12)
+++ v3 (2026-01-13)
@@ -773,51 +773,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W08, K_W11</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W11, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>