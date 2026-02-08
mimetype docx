--- v3 (2026-01-13)
+++ v4 (2026-02-08)
@@ -773,51 +773,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08, K_W11, K_W05</w:t>
+        <w:t xml:space="preserve">K_W11, K_W05, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>