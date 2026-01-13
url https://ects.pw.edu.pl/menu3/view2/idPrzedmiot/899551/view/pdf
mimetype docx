--- v0 (2025-11-03)
+++ v1 (2026-01-13)
@@ -1073,51 +1073,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZNMB_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Docenia potrzebę syntetycznego przekazywania informacji i opinii nt. osiągnięć inżynierii biomedycznej i ich wpływu na modyfikację  diagnostyki medycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>