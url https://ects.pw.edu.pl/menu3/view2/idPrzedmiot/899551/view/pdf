--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -923,51 +923,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZNMB_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i przedstawić syntetyczną prezentację przeglądu literaturowego i poprowadzić dyskusję dotyczącą tej prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1073,51 +1073,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZNMB_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Docenia potrzebę syntetycznego przekazywania informacji i opinii nt. osiągnięć inżynierii biomedycznej i ich wpływu na modyfikację  diagnostyki medycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>