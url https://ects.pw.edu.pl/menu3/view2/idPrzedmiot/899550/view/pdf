--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -928,51 +928,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRSB_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zbierać informacje nt. procesów regulacji w systemach biologicznych, dokonywać ich krytycznej oceny  oraz formułować i uzasadniać wnioski </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1078,51 +1078,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRSB_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student dowiaduje się  o potrzebie kreatywnego spojrzenia na narzędzia służące do analizy procesów  biologicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>