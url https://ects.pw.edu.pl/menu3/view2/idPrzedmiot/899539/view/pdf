--- v0 (2025-10-29)
+++ v1 (2026-01-13)
@@ -810,51 +810,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna i rozumie główne tendencje rozwojowe algorytmów rekonstrukcji obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -952,51 +952,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03, W_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna i rozumie prawne i społeczne uwarunkowania działalności zawodowej zwią¬za¬nej z projektowaniem systemów obrazujących</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1230,207 +1230,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_07, U_02, U_03, U_04</w:t>
+        <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TOM_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wyznaczyć model numeryczny pomiaru tomograficznego i zrealizować symulację numeryczną projekcji tomograficznych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U_02, U_03, U_07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TOM_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wykonać pomiary testowe i zweryfikować jakość obrazów tomograficznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U_07, U_02, U_04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_K01: </w:t>
       </w:r>
     </w:p>