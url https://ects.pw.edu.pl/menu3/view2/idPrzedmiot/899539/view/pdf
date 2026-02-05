--- v1 (2026-01-13)
+++ v2 (2026-02-05)
@@ -810,51 +810,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna i rozumie główne tendencje rozwojowe algorytmów rekonstrukcji obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1006,67 +1006,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_02, W_05</w:t>
+        <w:t xml:space="preserve">W_05, W_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma wiedzę ogólną z zakresu podstaw fizycznych, zasady działania i budowy urządzeń tomograficznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1246,51 +1246,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wyznaczyć model numeryczny pomiaru tomograficznego i zrealizować symulację numeryczną projekcji tomograficznych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1370,67 +1370,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_07, U_02, U_04</w:t>
+        <w:t xml:space="preserve">U_02, U_04, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_K01: </w:t>
       </w:r>
     </w:p>