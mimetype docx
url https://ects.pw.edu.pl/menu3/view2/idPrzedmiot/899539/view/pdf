--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -1006,67 +1006,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_05, W_02</w:t>
+        <w:t xml:space="preserve">W_02, W_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma wiedzę ogólną z zakresu podstaw fizycznych, zasady działania i budowy urządzeń tomograficznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1300,51 +1300,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_03, U_07</w:t>
+        <w:t xml:space="preserve">U_03, U_07, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>