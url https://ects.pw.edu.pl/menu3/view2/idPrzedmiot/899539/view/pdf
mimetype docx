--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -1022,51 +1022,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02, W_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma wiedzę ogólną z zakresu podstaw fizycznych, zasady działania i budowy urządzeń tomograficznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1230,67 +1230,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
+        <w:t xml:space="preserve">U_07, U_02, U_03, U_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wyznaczyć model numeryczny pomiaru tomograficznego i zrealizować symulację numeryczną projekcji tomograficznych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1300,51 +1300,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_03, U_07, U_02</w:t>
+        <w:t xml:space="preserve">U_02, U_03, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>