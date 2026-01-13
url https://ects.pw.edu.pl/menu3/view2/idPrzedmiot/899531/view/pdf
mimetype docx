--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -871,51 +871,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WG, III.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W pogłębionym stopniu zna wybrane metody przetwarzania cyfrowych obrazowych danych medycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1145,67 +1145,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych. Sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_04, U_01, U_02, U_03</w:t>
+        <w:t xml:space="preserve">U_03, U_04, U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać parametry estymacji przemieszczeń i odkształceń na podstawie danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1381,51 +1381,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_04, K_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi komunikować się na tematy specjalistyczne ze różnymi kręgami odbiorców, w tym przedstawicielami  sektora ochrony zdrowia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>