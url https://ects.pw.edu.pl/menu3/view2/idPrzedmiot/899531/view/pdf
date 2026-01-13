--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -801,51 +801,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma ogólną wiedzę z zakresu pojęć i problematyki przetwarzania cyfrowych obrazowych danych medycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1145,67 +1145,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych. Sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_03, U_04, U_01, U_02</w:t>
+        <w:t xml:space="preserve">U_02, U_03, U_04, U_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać parametry estymacji przemieszczeń i odkształceń na podstawie danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1365,67 +1365,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja, ocena aktywności podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_04, K_01</w:t>
+        <w:t xml:space="preserve">K_01, K_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi komunikować się na tematy specjalistyczne ze różnymi kręgami odbiorców, w tym przedstawicielami  sektora ochrony zdrowia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>