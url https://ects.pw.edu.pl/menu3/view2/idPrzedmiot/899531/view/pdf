--- v2 (2026-01-13)
+++ v3 (2026-02-05)
@@ -801,51 +801,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma ogólną wiedzę z zakresu pojęć i problematyki przetwarzania cyfrowych obrazowych danych medycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1011,51 +1011,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody estymacji prędkości i przemieszczeń stosowane w badaniach ultradźwiękowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1145,67 +1145,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych. Sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_03, U_04, U_01</w:t>
+        <w:t xml:space="preserve">U_01, U_02, U_03, U_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać parametry estymacji przemieszczeń i odkształceń na podstawie danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1285,67 +1285,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych. Sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_01, U_02, U_03, U_07</w:t>
+        <w:t xml:space="preserve">U_02, U_03, U_07, U_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_K01: </w:t>
       </w:r>
     </w:p>