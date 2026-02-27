--- v3 (2026-02-05)
+++ v4 (2026-02-27)
@@ -1011,51 +1011,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody estymacji prędkości i przemieszczeń stosowane w badaniach ultradźwiękowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1161,191 +1161,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_01, U_02, U_03, U_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać parametry estymacji przemieszczeń i odkształceń na podstawie danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych. Sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U_01, U_02, U_04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać parametry estymacji przemieszczeń i odkształceń na podstawie danych</w:t>
+        <w:t xml:space="preserve">Potrafi zrealizować wybrane metody przetwarzania obrazowych danych medycznych z użyciem dostępnego oprogramowania (MATLAB/PMOD)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych. Sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_01, U_02, U_04</w:t>
+        <w:t xml:space="preserve">U_03, U_07, U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_K01: </w:t>
       </w:r>
     </w:p>