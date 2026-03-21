--- v4 (2026-02-27)
+++ v5 (2026-03-21)
@@ -1145,51 +1145,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych. Sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_01, U_02, U_03, U_04</w:t>
+        <w:t xml:space="preserve">U_02, U_03, U_04, U_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1215,67 +1215,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych. Sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_01, U_02, U_04</w:t>
+        <w:t xml:space="preserve">U_02, U_04, U_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zrealizować wybrane metody przetwarzania obrazowych danych medycznych z użyciem dostępnego oprogramowania (MATLAB/PMOD)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1285,67 +1285,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych. Sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_03, U_07, U_01, U_02</w:t>
+        <w:t xml:space="preserve">U_01, U_02, U_03, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_2st_K01: </w:t>
       </w:r>
     </w:p>