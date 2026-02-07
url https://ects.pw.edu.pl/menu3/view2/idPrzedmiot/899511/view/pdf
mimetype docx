--- v0 (2026-01-14)
+++ v1 (2026-02-07)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat inicjalizacji i konfiguracji mikrokontrolera 32-bitowego oraz środowisk programistycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1038,67 +1038,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat współpracy mikrokontrolera z zewnętrznymi układami po magistralach szeregowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1484,51 +1484,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11, K_U19, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zrealizować pomiar czasu i częstotliwości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>