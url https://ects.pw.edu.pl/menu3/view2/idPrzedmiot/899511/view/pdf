--- v1 (2026-02-07)
+++ v2 (2026-02-28)
@@ -968,87 +968,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat układów licznikowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat układów licznikowych</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat współpracy mikrokontrolera z zewnętrznymi układami po magistralach szeregowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1067,58 +1137,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat współpracy mikrokontrolera z zewnętrznymi układami po magistralach szeregowych</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat połączenia mikrokontrolera z Ethernetem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1137,58 +1207,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat połączenia mikrokontrolera z Ethernetem</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat systemów czasu rzeczywistego i innych języków wysokiego poziomu programowania mikrokontrolerów 32-bitowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1199,146 +1269,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat systemów czasu rzeczywistego i innych języków wysokiego poziomu programowania mikrokontrolerów 32-bitowych </w:t>
+        <w:t xml:space="preserve">Umie poprawnie skonfigurować mikrokontroler z rdzeniem ARM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">ocena ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W07</w:t>
+        <w:t xml:space="preserve">K_U11, K_U19, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie poprawnie skonfigurować mikrokontroler z rdzeniem ARM</w:t>
+        <w:t xml:space="preserve">Umie sterować i odczytywać stan portów procesora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1357,178 +1427,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie sterować i odczytywać stan portów procesora</w:t>
+        <w:t xml:space="preserve">Umie obsłużyć klawiaturę i wyświetlacz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U11, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zrealizować pomiar czasu i częstotliwości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>