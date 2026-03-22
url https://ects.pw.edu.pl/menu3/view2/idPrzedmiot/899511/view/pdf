--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -758,297 +758,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W04, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat inicjalizacji i konfiguracji mikrokontrolera 32-bitowego oraz środowisk programistycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat inicjalizacji i konfiguracji mikrokontrolera 32-bitowego oraz środowisk programistycznych</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat systemu przerwań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat współpracy mikrokontrolera z pamięciami</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat systemu przerwań</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat układów licznikowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat współpracy mikrokontrolera z pamięciami</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat współpracy mikrokontrolera z zewnętrznymi układami po magistralach szeregowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W04</w:t>
+        <w:t xml:space="preserve">K_W07, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat układów licznikowych</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat połączenia mikrokontrolera z Ethernetem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1067,58 +1207,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat współpracy mikrokontrolera z zewnętrznymi układami po magistralach szeregowych</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat systemów czasu rzeczywistego i innych języków wysokiego poziomu programowania mikrokontrolerów 32-bitowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1129,476 +1269,336 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat połączenia mikrokontrolera z Ethernetem</w:t>
+        <w:t xml:space="preserve">Umie poprawnie skonfigurować mikrokontroler z rdzeniem ARM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">ocena ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W07</w:t>
+        <w:t xml:space="preserve">K_U02, K_U11, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat systemów czasu rzeczywistego i innych języków wysokiego poziomu programowania mikrokontrolerów 32-bitowych </w:t>
+        <w:t xml:space="preserve">Umie sterować i odczytywać stan portów procesora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">ocena ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W07</w:t>
+        <w:t xml:space="preserve">K_U02, K_U11, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie poprawnie skonfigurować mikrokontroler z rdzeniem ARM</w:t>
+        <w:t xml:space="preserve">Umie obsłużyć klawiaturę i wyświetlacz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U19, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U11, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie sterować i odczytywać stan portów procesora</w:t>
+        <w:t xml:space="preserve">Umie zrealizować pomiar czasu i częstotliwości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U11, K_U19</w:t>
+        <w:t xml:space="preserve">K_U19, K_U02, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie przetwarzać i wytwarzać sygnały analogowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>