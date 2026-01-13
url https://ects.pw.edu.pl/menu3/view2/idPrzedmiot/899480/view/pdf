--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -847,51 +847,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania egzaminacyjne i zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>