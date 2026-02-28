--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -847,137 +847,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania egzaminacyjne i zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka BMI_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna najważniejsze metody badania narządu ruchu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pytania egzaminacyjne i zaliczenie ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W12, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BMI_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę na temat wspomagania narządu ruchu, w tym elektrostymulacji oraz systematyki i zasad ortotyki i protetyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>