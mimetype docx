--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -917,67 +917,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania egzaminacyjne i zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W12, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W08, K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BMI_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę na temat wspomagania narządu ruchu, w tym elektrostymulacji oraz systematyki i zasad ortotyki i protetyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>