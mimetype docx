--- v1 (2026-01-15)
+++ v2 (2026-02-28)
@@ -1100,277 +1100,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UU, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MAT_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie posługiwać się, w różnych kontekstach, pojęciem zbieżności i granicy;  potrafi – na prostym poziomie - obliczać granice ciągów i funkcji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium 2, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MAT_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MAT_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie posługiwać się, w różnych kontekstach, pojęciem zbieżności i granicy;  potrafi – na prostym poziomie - obliczać granice ciągów i funkcji.</w:t>
+        <w:t xml:space="preserve">Student umie wykorzystać twierdzenia i metody rachunku różniczkowego funkcji jednej zmiennej do wyznaczania ekstremów lokalnych, badania przebiegu zmienności funkcji, tworzenia wykresów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 2, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MAT_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie całkować funkcje jednej zmiennej przez części i przez podstawienie, potrafi obliczać pola powierzchni i objętości brył obrotowych jako wartości odpowiednich całek.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium 3, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAT_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie obliczać pochodne cząstkowe funkcji prostych i złożonych, umie wyznaczać ekstrema lokalne funkcji dwóch zmiennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>