--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -1100,67 +1100,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 1, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UU, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAT_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie posługiwać się, w różnych kontekstach, pojęciem zbieżności i granicy;  potrafi – na prostym poziomie - obliczać granice ciągów i funkcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1310,67 +1310,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium 3, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAT_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie obliczać pochodne cząstkowe funkcji prostych i złożonych, umie wyznaczać ekstrema lokalne funkcji dwóch zmiennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>