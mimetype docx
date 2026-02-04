--- v0 (2026-01-14)
+++ v1 (2026-02-04)
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MA2_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie obliczać proste całki podwójne 
 i potrójne, potrafi korzystać z zamiany zmiennych kartezjańskich na zmienne biegunowe, sferyczne 
 i walcowe; umie obliczać pola figur płaskich 
 i objętości brył; potrafi rozstrzygnąć, kiedy wartość całki krzywoliniowej nie zależy od kształtu drogi całkowania.
 </w:t>
       </w:r>