--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MA2_U01: </w:t>
       </w:r>
     </w:p>