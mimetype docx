--- v0 (2026-01-13)
+++ v1 (2026-03-01)
@@ -826,67 +826,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W09, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_MN03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie typologii nauk oraz miejsca nauk o polityce i administracji w strukturze nauki (A)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1036,67 +1036,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_MN06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie czym się różni nauka od innych rodzajów wiedzy (F)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1122,51 +1122,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_MN01: </w:t>
       </w:r>
     </w:p>
@@ -1342,51 +1342,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_MN01: </w:t>
       </w:r>
     </w:p>