--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -842,51 +842,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_MN03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie typologii nauk oraz miejsca nauk o polityce i administracji w strukturze nauki (A)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1036,67 +1036,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_MN06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie czym się różni nauka od innych rodzajów wiedzy (F)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1122,51 +1122,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_MN01: </w:t>
       </w:r>
     </w:p>
@@ -1342,51 +1342,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_MN01: </w:t>
       </w:r>
     </w:p>