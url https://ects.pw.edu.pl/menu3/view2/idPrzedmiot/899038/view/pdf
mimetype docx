--- v0 (2026-01-13)
+++ v1 (2026-03-01)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma rozszerzoną wiedzę na temat pojęć i definicji stosowanych w ekonomii rynkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>