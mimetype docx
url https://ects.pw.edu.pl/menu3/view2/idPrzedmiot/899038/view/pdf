--- v1 (2026-03-01)
+++ v2 (2026-03-21)
@@ -745,67 +745,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny. Praca na ćwiczeniach – udział w dyskusji, rozwiązywanie zadań. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma rozszerzoną wiedzę na temat pojęć i definicji stosowanych w ekonomii rynkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -981,51 +981,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student poprawnie interpretuje mierniki statystyczne dotyczące stanu gospodarki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>