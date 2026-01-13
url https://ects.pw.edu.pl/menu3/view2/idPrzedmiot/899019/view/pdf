--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -850,67 +850,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi, napisanie eseju</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie odróżnić właściwe i niewłaściwe strategie postępowania w zarządzaniu dziedzictwem kulturowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>