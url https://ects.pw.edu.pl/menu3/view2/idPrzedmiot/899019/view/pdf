--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -850,67 +850,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi, napisanie eseju</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie odróżnić właściwe i niewłaściwe strategie postępowania w zarządzaniu dziedzictwem kulturowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>