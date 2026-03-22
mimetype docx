--- v1 (2026-03-01)
+++ v2 (2026-03-22)
@@ -787,67 +787,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test pisemny </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>