--- v0 (2026-03-01)
+++ v1 (2026-03-24)
@@ -779,551 +779,551 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie ZZL </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie ZZL </w:t>
+        <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie ZZL i potrafi je zastosować w praktyce. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie ZZL i potrafi je zastosować w praktyce. </w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o funkcjach ZZL, o jego celach, podstawach, organizacji i funkcjonowaniu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02</w:t>
+        <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o funkcjach ZZL, o jego celach, podstawach, organizacji i funkcjonowaniu </w:t>
+        <w:t xml:space="preserve">Posiada wiedzę nt.  wpływu  współczesnych narzędzi teleinformatycznych oraz telekomunikacyjnych na  proces zarządzania zasobami ludzkimi w  przedsiębiorstwie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">test wiedzy, omawianie zagadnienia w trakcie zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W03, K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wie na czym polega praca zespołowa, zna mechanizmy funkcjonowania zespołów pracowniczych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">zaliczenie w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03</w:t>
+        <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę nt.  wpływu  współczesnych narzędzi teleinformatycznych oraz telekomunikacyjnych na  proces zarządzania zasobami ludzkimi w  przedsiębiorstwie.</w:t>
+        <w:t xml:space="preserve">Potrafi zdiagnozować potrzeby personalne w organizacji w oparciu o analizę: strategii i kultury organizacyjnej oraz zdefiniować zakres zadań pracowniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">test wiedzy, omawianie zagadnienia w trakcie zajęć</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W07, K_W10</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie na czym polega praca zespołowa, zna mechanizmy funkcjonowania zespołów pracowniczych </w:t>
+        <w:t xml:space="preserve">Potrafi zdiagnozować potrzeby personalne w organizacji w oparciu o analizę: strategii i kultury organizacyjnej oraz zdefiniować zakres zadań pracowniczych	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>