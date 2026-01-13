--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -819,67 +819,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W02, K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła finansowania zadań JST i potrafi określić kierunki wydatków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W04, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o podstawowych instytucjach i podmiotach, świadczących usługi lokalne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1109,67 +1109,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.2.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie posługiwać się źródłami prawa z zakresu finansów samorządowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1179,67 +1179,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U05, K_U09, K_U10, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi odnaleźć informacje o stanie finansów samorządowych w systemie teleinformatycznym, obliczyć wybrane wskaźniki z zakresu gospodarki finansowej JST oraz je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1265,51 +1265,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U09, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ze zrozumieniem czytać sprawozdania budżetowe i na tej podstawie formułować wnioski nt kondycji finansowej i majątkowej JST .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1319,67 +1319,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonywać analizy własnych działań z zakresu ekonomii i finansów i wskazywać na konieczność dalszego doskonalenia swoich umiejętności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1389,67 +1389,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.2.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_FST_01: </w:t>
       </w:r>
     </w:p>