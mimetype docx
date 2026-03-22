--- v1 (2026-01-13)
+++ v2 (2026-03-22)
@@ -835,51 +835,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W02, K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła finansowania zadań JST i potrafi określić kierunki wydatków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1125,51 +1125,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie posługiwać się źródłami prawa z zakresu finansów samorządowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1195,51 +1195,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U09, K_U10, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi odnaleźć informacje o stanie finansów samorządowych w systemie teleinformatycznym, obliczyć wybrane wskaźniki z zakresu gospodarki finansowej JST oraz je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1335,51 +1335,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonywać analizy własnych działań z zakresu ekonomii i finansów i wskazywać na konieczność dalszego doskonalenia swoich umiejętności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>