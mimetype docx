--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -753,67 +753,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat zasad organizacji pracy biurowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -963,67 +963,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06, K_W08, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W06, K_W08, K_W09, K_W10, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>