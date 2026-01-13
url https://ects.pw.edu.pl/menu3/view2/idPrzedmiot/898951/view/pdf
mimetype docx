--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -963,67 +963,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W08, K_W09, K_W10, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06, K_W08, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>