--- v2 (2026-01-13)
+++ v3 (2026-01-13)
@@ -963,67 +963,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06, K_W08, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10, K_W01, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>