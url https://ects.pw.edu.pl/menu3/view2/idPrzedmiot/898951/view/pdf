--- v3 (2026-01-13)
+++ v4 (2026-01-14)
@@ -839,51 +839,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna ogólne zasady redagowania pism oficjalnych oraz posiada wiedzę na temat techniki korespondencji. Ma wiedzę w zakresie zarządzania prawidłowym obiegiem dokumentacji biurowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -963,67 +963,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10, K_W01, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06, K_W08, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1059,51 +1059,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zarządzać organizacją przestrzenną stanowisk pracy biurowej, a także delegować i zarządzać dostępnymi zasobami do pracy biurowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>