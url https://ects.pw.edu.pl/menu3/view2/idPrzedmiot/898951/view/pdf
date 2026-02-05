--- v4 (2026-01-14)
+++ v5 (2026-02-05)
@@ -839,51 +839,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna ogólne zasady redagowania pism oficjalnych oraz posiada wiedzę na temat techniki korespondencji. Ma wiedzę w zakresie zarządzania prawidłowym obiegiem dokumentacji biurowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -963,67 +963,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06, K_W08, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1059,51 +1059,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zarządzać organizacją przestrzenną stanowisk pracy biurowej, a także delegować i zarządzać dostępnymi zasobami do pracy biurowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>