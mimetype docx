--- v5 (2026-02-05)
+++ v6 (2026-02-28)
@@ -963,67 +963,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W01, K_W06</w:t>
+        <w:t xml:space="preserve">K_W10, K_W01, K_W06, K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>