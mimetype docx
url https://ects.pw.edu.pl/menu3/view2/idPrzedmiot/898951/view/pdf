--- v6 (2026-02-28)
+++ v7 (2026-03-22)
@@ -753,67 +753,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat zasad organizacji pracy biurowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>