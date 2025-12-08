--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -1132,67 +1132,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi właściwie analizować przyczyny i przebieg konkretnych procesów i zjawisk społecznych(kulturowych, politycznych, prawnych, gospodarczych) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>