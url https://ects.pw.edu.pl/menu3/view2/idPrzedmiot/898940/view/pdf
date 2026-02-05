--- v2 (2026-01-12)
+++ v3 (2026-02-05)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o różnych rodzajach struktur i instytucji społecznych (kulturowych, politycznych, prawnych, ekonomicznych), w szczególności ich istotnych elementach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -911,67 +911,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o normach i regułach (prawnych, organizacyjnych, moralnych, etycznych) organizujących struktury i instytucje społeczne i rządzących nimi prawidłowościach oraz o ich źródłach, naturze, zmianach i sposobie działania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -981,67 +981,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1078,261 +1078,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać podstawową wiedzę teoretyczną i pozyskiwać dane do analizowania konkretnych procesów i zjawisk społecznych (kulturowych, politycznych, prawnych, gospodarczych) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać podstawową wiedzę teoretyczną i pozyskiwać dane do analizowania konkretnych procesów i zjawisk społecznych (kulturowych, politycznych, prawnych, gospodarczych) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów.</w:t>
+        <w:t xml:space="preserve">Potrafi właściwie analizować przyczyny i przebieg konkretnych procesów i zjawisk społecznych(kulturowych, politycznych, prawnych, gospodarczych) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi właściwie analizować przyczyny i przebieg konkretnych procesów i zjawisk społecznych(kulturowych, politycznych, prawnych, gospodarczych) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów.</w:t>
+        <w:t xml:space="preserve">Prawidłowo posługuje się systemami normatywnymi oraz wybranymi normami i regułami (prawnymi, moralnymi, zawodowymi) w celu rozwiązania konkretnego zadania z zakresu dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>