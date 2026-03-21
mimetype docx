--- v3 (2026-02-05)
+++ v4 (2026-03-21)
@@ -841,207 +841,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody i narzędzia, w tym techniki pozyskiwania danych, właściwe dla dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów, pozwalające opisać struktury i instytucje społeczne oraz procesy w nich i między nimi zachodzące</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o normach i regułach (prawnych, organizacyjnych, moralnych, etycznych) organizujących struktury i instytucje społeczne i rządzących nimi prawidłowościach oraz o ich źródłach, naturze, zmianach i sposobie działania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne w formie testu wyboru, testu z uzasadnieniem lub pytania problemowe, praca zaliczeniowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1078,51 +1078,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać podstawową wiedzę teoretyczną i pozyskiwać dane do analizowania konkretnych procesów i zjawisk społecznych (kulturowych, politycznych, prawnych, gospodarczych) w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla studiowanego kierunku studiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1132,51 +1132,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium z pytaniami testowymi lub opisowymi oraz praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>