--- v0 (2025-12-08)
+++ v1 (2026-01-14)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY, ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">POSIADA WIEDZĘ W ZAKRESIE PRZEBIEGU POSTĘPOWANIA ADMINISTRACYJNEGO, JEGO ETAPÓW I STOSOWANYCH W NIM ZASAD; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -900,67 +900,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY;
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">POSIADA PODSTAWOWĄ WIEDZĘ O ŚRODKACH PRAWNYCH PRZYSŁUGUJĄCYCH ORGANOM ADMINISTRACJI PUBLICZNEJ I STRONOM W POSTĘPOWANIU ADMINISTRACYJNYM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,67 +971,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY;
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1123,51 +1123,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1345,51 +1345,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>