--- v1 (2026-01-14)
+++ v2 (2026-02-05)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY, ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">POSIADA WIEDZĘ W ZAKRESIE PRZEBIEGU POSTĘPOWANIA ADMINISTRACYJNEGO, JEGO ETAPÓW I STOSOWANYCH W NIM ZASAD; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -900,67 +900,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY;
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">POSIADA PODSTAWOWĄ WIEDZĘ O ŚRODKACH PRAWNYCH PRZYSŁUGUJĄCYCH ORGANOM ADMINISTRACJI PUBLICZNEJ I STRONOM W POSTĘPOWANIU ADMINISTRACYJNYM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,67 +971,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY;
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1052,51 +1052,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1123,51 +1123,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>