--- v2 (2026-02-05)
+++ v3 (2026-02-27)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY, ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">POSIADA WIEDZĘ W ZAKRESIE PRZEBIEGU POSTĘPOWANIA ADMINISTRACYJNEGO, JEGO ETAPÓW I STOSOWANYCH W NIM ZASAD; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,67 +971,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY;
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1052,51 +1052,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">WYKŁAD - EGZAMIN PISEMNY
 ĆWICZENIA - PRZYGOTOWANIE ALTERNATYWNIE DECYZJI, POSTANOWIENIA, ZAŻALENIA, ODWOŁANIA, SKARGI DO WSA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1280,51 +1280,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>