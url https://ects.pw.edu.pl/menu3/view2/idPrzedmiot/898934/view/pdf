--- v0 (2025-12-08)
+++ v1 (2026-02-05)
@@ -846,51 +846,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o samorządności lokalnej i jej znaczeniu dla prawidłowego funkcjonowania wspólnot samorządowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -986,221 +986,291 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o regułach prawa wyborczego do lokalnych ciał przedstawicielskich.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o regułach prawa wyborczego do lokalnych ciał przedstawicielskich.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę o ustrojowej pozycji jednostek samorządu terytorialnego w państwie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_6: </w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o ustrojowej pozycji jednostek samorządu terytorialnego w państwie. </w:t>
+        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować cechy administracji scentralizowanej i zdecentralizowanej, modele samorządu terytorialnego, podstawowe zasady organizacji i działania jednostek samorządu terytorialnego, poszczególne źródła prawa miejscowego i określić ich miejsce w systemie źródeł prawa RP. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować cechy administracji scentralizowanej i zdecentralizowanej, modele samorządu terytorialnego, podstawowe zasady organizacji i działania jednostek samorządu terytorialnego, poszczególne źródła prawa miejscowego i określić ich miejsce w systemie źródeł prawa RP. </w:t>
+        <w:t xml:space="preserve">Student potrafi wskazać źródła finansowania samorządu terytorialnego i zasady prawa wyborczego w wyborach do ciała stanowiących i wykonawczych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1219,178 +1289,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wskazać źródła finansowania samorządu terytorialnego i zasady prawa wyborczego w wyborach do ciała stanowiących i wykonawczych. </w:t>
+        <w:t xml:space="preserve">Student rozróżnia i zna istotę zadań własnych i zleconych samorządu terytorialnego oraz zasady realizacji tych zadań.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, I.P6S_UW, II.H.P6S_UW.1, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>