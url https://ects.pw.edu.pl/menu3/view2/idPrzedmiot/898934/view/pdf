--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -760,157 +760,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o prawniczych aspektach zasady decentralizacji i pomocniczości.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o prawniczych aspektach zasady decentralizacji i pomocniczości.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę o samorządności lokalnej i jej znaczeniu dla prawidłowego funkcjonowania wspólnot samorządowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o źródłach prawa miejscowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o samorządności lokalnej i jej znaczeniu dla prawidłowego funkcjonowania wspólnot samorządowych.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę o regułach prawa wyborczego do lokalnych ciał przedstawicielskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -929,58 +1069,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o źródłach prawa miejscowego.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę o ustrojowej pozycji jednostek samorządu terytorialnego w państwie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -991,266 +1131,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o regułach prawa wyborczego do lokalnych ciał przedstawicielskich.</w:t>
+        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować cechy administracji scentralizowanej i zdecentralizowanej, modele samorządu terytorialnego, podstawowe zasady organizacji i działania jednostek samorządu terytorialnego, poszczególne źródła prawa miejscowego i określić ich miejsce w systemie źródeł prawa RP. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wskazać źródła finansowania samorządu terytorialnego i zasady prawa wyborczego w wyborach do ciała stanowiących i wykonawczych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>