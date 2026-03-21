--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -760,87 +760,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o prawniczych aspektach zasady decentralizacji i pomocniczości.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o samorządności lokalnej i jej znaczeniu dla prawidłowego funkcjonowania wspólnot samorządowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o źródłach prawa miejscowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o prawniczych aspektach zasady decentralizacji i pomocniczości.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę o regułach prawa wyborczego do lokalnych ciał przedstawicielskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -859,468 +1069,258 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o samorządności lokalnej i jej znaczeniu dla prawidłowego funkcjonowania wspólnot samorządowych.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę o ustrojowej pozycji jednostek samorządu terytorialnego w państwie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_4: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o źródłach prawa miejscowego.</w:t>
+        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować cechy administracji scentralizowanej i zdecentralizowanej, modele samorządu terytorialnego, podstawowe zasady organizacji i działania jednostek samorządu terytorialnego, poszczególne źródła prawa miejscowego i określić ich miejsce w systemie źródeł prawa RP. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_5: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o regułach prawa wyborczego do lokalnych ciał przedstawicielskich.</w:t>
+        <w:t xml:space="preserve">Student potrafi wskazać źródła finansowania samorządu terytorialnego i zasady prawa wyborczego w wyborach do ciała stanowiących i wykonawczych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student rozróżnia i zna istotę zadań własnych i zleconych samorządu terytorialnego oraz zasady realizacji tych zadań.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>