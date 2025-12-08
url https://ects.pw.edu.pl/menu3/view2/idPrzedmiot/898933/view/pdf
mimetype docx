--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -950,51 +950,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1084,67 +1084,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umiejętność dokonywania subsumpcji przez studenta; wyprowadza samodzielne wnioski na podstawie analizy traktatów założycielskich, prawa pochodnego oraz judykatury i doktryny </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>