--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -794,341 +794,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">identyfikuje główne instytucje Unii Europejskiej oraz potrafi wskazać ich rolę w procesie decyzyjnym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">identyfikuje główne instytucje Unii Europejskiej oraz potrafi wskazać ich rolę w procesie decyzyjnym</w:t>
+        <w:t xml:space="preserve">wskazuje różnice pomiędzy prawem Unii Europejskiej a prawem międzynarodowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W05</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wskazuje różnice pomiędzy prawem Unii Europejskiej a prawem międzynarodowym</w:t>
+        <w:t xml:space="preserve">poddaje starannej analizie działania instytucji unijnych oraz potrafi wskazać rolę parlamentów narodowych państw członkowskich na proces decyzyjny w UE.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.X.P6S_WG.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">poddaje starannej analizie działania instytucji unijnych oraz potrafi wskazać rolę parlamentów narodowych państw członkowskich na proces decyzyjny w UE.</w:t>
+        <w:t xml:space="preserve">ocenia stan faktyczny w świetle odpowiednich regulacji prawa Unii Europejskiej oraz wybranego orzecznictwa Trybunału Sprawiedliwości UE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>