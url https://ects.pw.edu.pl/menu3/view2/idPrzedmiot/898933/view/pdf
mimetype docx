--- v2 (2026-01-13)
+++ v3 (2026-03-22)
@@ -794,51 +794,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -934,67 +934,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.3, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1084,51 +1084,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>