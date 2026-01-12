--- v0 (2025-12-08)
+++ v1 (2026-01-12)
@@ -764,67 +764,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o prawie i prawoznawstwie jako szczególnym przedmiocie badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -834,87 +834,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o budowie aktów normatywnych i porządku prawnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.X.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o budowie aktów normatywnych i porządku prawnego.</w:t>
+        <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o regułach posługiwania się tekstami prawnymi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -925,540 +995,470 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o regułach posługiwania się tekstami prawnymi. </w:t>
+        <w:t xml:space="preserve">Umiejętności studenta w zakresie ustalania mocy obowiązującej przepisów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin/dyskusja na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności studenta w zakresie posługiwania się podstawowymi pojęciami prawa i prawoznawstwa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin/dyskusja na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności studenta w zakresie interpretacji tekstów prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_U06, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności studenta w zakresie stosowania reguł kolizyjnych i reguł wnioskowań prawniczych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności studenta w zakresie ustalania mocy obowiązującej przepisów prawnych.</w:t>
+        <w:t xml:space="preserve">Student ma świadomość konieczności ochrony interesu publicznego oraz zagwarantowania udziału społeczeństwa w procesie tworzenia aktów prawa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin/dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_K01, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności studenta w zakresie posługiwania się podstawowymi pojęciami prawa i prawoznawstwa. </w:t>
+        <w:t xml:space="preserve">Student ma świadomość problemów etycznych występujących w procesie tworzenia i interpretacji prawa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin/dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">K_K05, K_K01, K_K03</w:t>
+        <w:t xml:space="preserve">K_K01, K_K03, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>