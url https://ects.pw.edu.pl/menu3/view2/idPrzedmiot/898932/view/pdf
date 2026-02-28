--- v1 (2026-01-12)
+++ v2 (2026-02-28)
@@ -780,51 +780,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o prawie i prawoznawstwie jako szczególnym przedmiocie badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -920,51 +920,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o regułach posługiwania się tekstami prawnymi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1194,67 +1194,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U06, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętności studenta w zakresie stosowania reguł kolizyjnych i reguł wnioskowań prawniczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>