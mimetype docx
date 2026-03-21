--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -764,67 +764,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o prawie i prawoznawstwie jako szczególnym przedmiocie badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -904,357 +904,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o regułach posługiwania się tekstami prawnymi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wyposażenie Studenta w wiedzę o regułach posługiwania się tekstami prawnymi. </w:t>
+        <w:t xml:space="preserve">Umiejętności studenta w zakresie ustalania mocy obowiązującej przepisów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin/dyskusja na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności studenta w zakresie posługiwania się podstawowymi pojęciami prawa i prawoznawstwa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin/dyskusja na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności studenta w zakresie interpretacji tekstów prawnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętności studenta w zakresie stosowania reguł kolizyjnych i reguł wnioskowań prawniczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>