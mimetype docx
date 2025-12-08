--- v0 (2025-11-01)
+++ v1 (2025-12-08)
@@ -795,141 +795,211 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WWZM_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie nauk technicznych i potrafi je zastosować w praktyce. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka WWZM_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie nauk technicznych i potrafi je zastosować w praktyce. </w:t>
+        <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy konstrukcji w warunkach działania tych obciążeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WWZM_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy konstrukcji w warunkach działania tych obciążeń. </w:t>
+        <w:t xml:space="preserve">Zna podstawowe rodzaje obciążeń działających na elementy konstrukcji i obiektów wolnostojących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -948,58 +1018,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka WWZM_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka WWZM_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe rodzaje obciążeń działających na elementy konstrukcji i obiektów wolnostojących.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe rodzaje odkształceń związanych z odpowiedzią konstrukcji na przyłożone obciążenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1010,196 +1080,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka WWZM_05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UWZM_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe rodzaje odkształceń związanych z odpowiedzią konstrukcji na przyłożone obciążenia.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać poznane teorie i konstrukcje do analizy podstawowych problemów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
+        <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zdobywać wiedzę i rozwijać swe zdolności, korzystając z różnych źródeł i nowoczesnych technologii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>