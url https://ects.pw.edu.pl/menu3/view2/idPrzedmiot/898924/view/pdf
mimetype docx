--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -795,51 +795,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie nauk technicznych i potrafi je zastosować w praktyce. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1155,51 +1155,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zdobywać wiedzę i rozwijać swe zdolności, korzystając z różnych źródeł i nowoczesnych technologii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>