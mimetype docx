--- v2 (2026-01-12)
+++ v3 (2026-02-06)
@@ -865,51 +865,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy konstrukcji w warunkach działania tych obciążeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1155,51 +1155,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zdobywać wiedzę i rozwijać swe zdolności, korzystając z różnych źródeł i nowoczesnych technologii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1295,51 +1295,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe elementy programu służącego do realizacji ćwiczeń i rozumie sposób funkcjonowania podobnych programów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>