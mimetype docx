--- v3 (2026-02-06)
+++ v4 (2026-02-28)
@@ -849,67 +849,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy konstrukcji w warunkach działania tych obciążeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1279,67 +1279,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe elementy programu służącego do realizacji ćwiczeń i rozumie sposób funkcjonowania podobnych programów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>