--- v4 (2026-02-28)
+++ v5 (2026-03-21)
@@ -849,67 +849,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy konstrukcji w warunkach działania tych obciążeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -935,71 +935,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WWZM_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe rodzaje obciążeń działających na elementy konstrukcji i obiektów wolnostojących.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka WWZM_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka WWZM_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe rodzaje obciążeń działających na elementy konstrukcji i obiektów wolnostojących.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe rodzaje odkształceń związanych z odpowiedzią konstrukcji na przyłożone obciążenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1010,390 +1080,320 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka WWZM_05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UWZM_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe rodzaje odkształceń związanych z odpowiedzią konstrukcji na przyłożone obciążenia.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać poznane teorie i konstrukcje do analizy podstawowych problemów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
+        <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka UWZM_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UWZM_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać poznane teorie i konstrukcje do analizy podstawowych problemów. </w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zdobywać wiedzę i rozwijać swe zdolności, korzystając z różnych źródeł i nowoczesnych technologii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UWZM_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka UWZM_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka UWZM_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zdobywać wiedzę i rozwijać swe zdolności, korzystając z różnych źródeł i nowoczesnych technologii.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe elementy programu służącego do realizacji ćwiczeń i rozumie sposób funkcjonowania podobnych programów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U06</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>