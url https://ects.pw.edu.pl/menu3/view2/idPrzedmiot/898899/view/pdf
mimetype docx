--- v0 (2025-11-03)
+++ v1 (2026-01-13)
@@ -863,67 +863,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o logicznej strukturze i funkcjach systemu prawnego oraz społecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1004,67 +1004,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zagadnienia logiki prawniczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1090,51 +1090,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_P01: </w:t>
       </w:r>
     </w:p>
@@ -1444,51 +1444,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie zajęć i pracy problemowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K07</w:t>
+        <w:t xml:space="preserve">K_K07, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>