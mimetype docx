--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -863,67 +863,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o logicznej strukturze i funkcjach systemu prawnego oraz społecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1004,67 +1004,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat, dyskusja problemów (w czasie zajęć lub konsultacji) lub praca zaliczeniowa
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_P05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zagadnienia logiki prawniczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1444,191 +1444,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie zajęć i pracy problemowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_K05, K_K07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Odpowiedzialnie przygotowuje się do pełnienia ważnej roli w społeczeństwie, projektuje i wykonuje zadania w zakresie pracy zawodowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie zajęć i pracy problemowej (zaliczeniowej) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K05, K_K07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma świadomość konieczności zachowania spójności logicznej aktów prawnych i reguł społecznych wraz ze świadomością użyteczności zachowywania konsekwencji w myśleniu i postępowaniu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie zajęć i pracy problemowej (zaliczeniowej)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_K07, K_K05</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_K05, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>