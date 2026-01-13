--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -772,51 +772,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">przygotowanie pracy semestralnej na temat wybranego regionu, - aktywne uczestnictwo w zajęciach, - uzyskanie pozytywnej oceny z zaliczenia pisemnego z pytaniami opisowymi lub testowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>