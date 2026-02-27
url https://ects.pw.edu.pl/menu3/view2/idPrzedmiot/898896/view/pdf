--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -788,51 +788,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę dotyczącą wyznaczników odrębności regionalnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -858,51 +858,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>