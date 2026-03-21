--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -772,287 +772,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">przygotowanie pracy semestralnej na temat wybranego regionu, - aktywne uczestnictwo w zajęciach, - uzyskanie pozytywnej oceny z zaliczenia pisemnego z pytaniami opisowymi lub testowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę dotyczącą wyznaczników odrębności regionalnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">przygotowanie pracy semestralnej na temat wybranego regionu, - aktywne uczestnictwo w zajęciach, - uzyskanie pozytywnej oceny z zaliczenia pisemnego z pytaniami opisowymi lub testowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę dotyczącą wyznaczników odrębności regionalnej.</w:t>
+        <w:t xml:space="preserve">Potrafi scharakteryzować wybrany region pod kątem najważniejszych wyznaczników odrębności regionalnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">przygotowanie pracy semestralnej na temat wybranego regionu, - aktywne uczestnictwo w zajęciach, - uzyskanie pozytywnej oceny z zaliczenia pisemnego z pytaniami opisowymi lub testowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi scharakteryzować wybrany region pod kątem najważniejszych wyznaczników odrębności regionalnej.</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować prezentację na temat wybranego regionu kulturowego posługując się przy tym nowymi technologiami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">przygotowanie pracy semestralnej na temat wybranego regionu, - aktywne uczestnictwo w zajęciach, - uzyskanie pozytywnej oceny z zaliczenia pisemnego z pytaniami opisowymi lub testowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>