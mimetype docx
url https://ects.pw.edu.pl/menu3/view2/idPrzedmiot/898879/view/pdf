--- v0 (2025-11-03)
+++ v1 (2026-01-13)
@@ -775,67 +775,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania, odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W09, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.T.P6S_WG, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.T.P6S_WG, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jaka jest specyfika czynności prawnych w elektronicznym obrocie prawnym oraz zna cechy i zakres elektronicznego obrotu prawnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -925,67 +925,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania, odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Potrafi właściwie zdiagnozować różnice pomiędzy obrotem tradycyjnym a obrotem elektronicznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>