--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -791,51 +791,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.T.P6S_WG, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o, II.T.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jaka jest specyfika czynności prawnych w elektronicznym obrocie prawnym oraz zna cechy i zakres elektronicznego obrotu prawnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -845,67 +845,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania, odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -941,51 +941,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Potrafi właściwie zdiagnozować różnice pomiędzy obrotem tradycyjnym a obrotem elektronicznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>