--- v2 (2026-01-14)
+++ v3 (2026-02-06)
@@ -775,67 +775,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania, odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W07, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W03, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o, II.T.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jaka jest specyfika czynności prawnych w elektronicznym obrocie prawnym oraz zna cechy i zakres elektronicznego obrotu prawnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -845,67 +845,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania, odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1011,51 +1011,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UO, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>