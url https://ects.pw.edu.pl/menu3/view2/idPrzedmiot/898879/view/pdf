--- v3 (2026-02-06)
+++ v4 (2026-02-27)
@@ -775,67 +775,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania, odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W03, K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.T.P6S_WG, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jaka jest specyfika czynności prawnych w elektronicznym obrocie prawnym oraz zna cechy i zakres elektronicznego obrotu prawnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -941,51 +941,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Potrafi właściwie zdiagnozować różnice pomiędzy obrotem tradycyjnym a obrotem elektronicznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -995,67 +995,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania, odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UO, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>