--- v4 (2026-02-27)
+++ v5 (2026-03-23)
@@ -775,67 +775,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania, odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W07, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W03, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.T.P6S_WG, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jaka jest specyfika czynności prawnych w elektronicznym obrocie prawnym oraz zna cechy i zakres elektronicznego obrotu prawnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -941,51 +941,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Potrafi właściwie zdiagnozować różnice pomiędzy obrotem tradycyjnym a obrotem elektronicznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -995,67 +995,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytania, odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>